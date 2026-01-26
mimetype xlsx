--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="651" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="665" uniqueCount="305">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
@@ -145,77 +145,77 @@
   <si>
     <t>1104-感控類</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2022-05-09</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>心靈雞湯 (測試考核 - 承辦人老師)</t>
   </si>
   <si>
     <t>02. 工程類</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2021-04-06</t>
   </si>
   <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>@23139 測試單次考核心得</t>
+  </si>
+  <si>
+    <t>感染管制 (次)</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>2022-03-18</t>
+  </si>
+  <si>
     <t>552</t>
   </si>
   <si>
     <t>雙面光罩對準曝光機 (五)</t>
   </si>
   <si>
     <t>食品安全和品質教育訓練類 Annual professional technical educa</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-11-30</t>
   </si>
   <si>
-    <t>647</t>
-[...10 lines deleted...]
-  <si>
     <t>559</t>
   </si>
   <si>
     <t>雙面光罩對準曝光機 (五) (2021-12-10)</t>
   </si>
   <si>
     <t>2021-12-10</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>工程入門</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2018-03-13</t>
   </si>
   <si>
     <t>85</t>
@@ -280,246 +280,315 @@
   <si>
     <t>測試審核記錄-3</t>
   </si>
   <si>
     <t>2018-01-02</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>匯入、刪除、發布問卷</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2022-07-18</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>測試審核記錄</t>
   </si>
   <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>katetest</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
     <t>318</t>
   </si>
   <si>
     <t>建築識圖班 (第一梯次) (2020-09-30)</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
-    <t>1776</t>
-[...5 lines deleted...]
-    <t>2024-11-20</t>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>全院學術演講_1120204 Smart Healthcare in 2050: from digital transformation to advanced precision AI care</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2023-02-04</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>電話溝通技巧</t>
+  </si>
+  <si>
+    <t>客戶服務類別別</t>
+  </si>
+  <si>
+    <t>2017-12-20</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>測試問答題</t>
   </si>
   <si>
     <t>客戶服務2</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>2020-04-16</t>
   </si>
   <si>
-    <t>1277</t>
-[...17 lines deleted...]
-    <t>2017-12-20</t>
+    <t>751</t>
+  </si>
+  <si>
+    <t>關懷員工成長005</t>
+  </si>
+  <si>
+    <t>基礎訓練類別</t>
+  </si>
+  <si>
+    <t>2021-09-27</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>鎮靜止痛安全作業指引</t>
   </si>
   <si>
     <t>2019-08-22</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>感染管制類3</t>
   </si>
   <si>
     <t>2020-01-09</t>
   </si>
   <si>
-    <t>751</t>
-[...8 lines deleted...]
-    <t>2021-09-27</t>
+    <t>621</t>
+  </si>
+  <si>
+    <t>收集業務 FAQ</t>
+  </si>
+  <si>
+    <t>2022-02-18</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>問卷測試</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>測試考核</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>系統導入輔導</t>
+  </si>
+  <si>
+    <t>2018-01-16</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>tms+ 教育訓練基礎入門 (開課者)</t>
   </si>
   <si>
     <t>2020-12-14</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>公司簡介與工作說明 (第二季)</t>
   </si>
   <si>
     <t>2021-01-25</t>
   </si>
   <si>
-    <t>621</t>
-[...32 lines deleted...]
-    <t>2018-01-16</t>
+    <t>648</t>
+  </si>
+  <si>
+    <t>報告 考核 測驗</t>
+  </si>
+  <si>
+    <t>2022-03-16</t>
+  </si>
+  <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>兒科部醫智庫 &amp;amp; 病歷寫作指導教學2</t>
+  </si>
+  <si>
+    <t>客戶服服類別別</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>mao 測試認證用</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>mao 測試線上</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>公共工程品質管理訓練</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>打造你的財會超能力</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>感染管制類1</t>
   </si>
   <si>
-    <t>648</t>
-[...47 lines deleted...]
-    <t>打造你的財會超能力</t>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>Teams、SharePoint、OneDrive、Form教學</t>
+  </si>
+  <si>
+    <t>5.5</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>Test Course 001</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>1819</t>
+  </si>
+  <si>
+    <t>靈巧像蛇(上)</t>
+  </si>
+  <si>
+    <t>管理類</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>[doris] 測試課程認證審查</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>[doris] 測試課程證書的有效日期 (再存一次)</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>測驗測試</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>年度帳務調整暨新頒租稅法令解讀</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>小資理財 (講者: Kate)</t>
   </si>
   <si>
     <t>2019-03-18</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>108年度第一場生物安全教育訓練 (2019-04-08)</t>
   </si>
   <si>
     <t>2019-04-08</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>專案管理</t>
   </si>
@@ -538,108 +607,96 @@
   <si>
     <t>客戶達人</t>
   </si>
   <si>
     <t>2020-06-20</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>推動關懷活動</t>
   </si>
   <si>
     <t>2021-08-30</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>線上課程、建立問卷範本 1</t>
   </si>
   <si>
     <t>2022-02-07</t>
   </si>
   <si>
-    <t>1483</t>
-[...56 lines deleted...]
-    <t>年度帳務調整暨新頒租稅法令解讀</t>
+    <t>623</t>
+  </si>
+  <si>
+    <t>測試完成日期時間</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>推動關懷活動27</t>
+  </si>
+  <si>
+    <t>2022-09-01</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>Teams、SharePoint、OneDrive、Form教學 (2023-10-26)</t>
+  </si>
+  <si>
+    <t>4.5</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>[doris] 測試，講者滿意度問卷，已填寫通知的問卷連結</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>證書測試</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>小資理財 (講者: Allen)</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>測試圖片題</t>
   </si>
   <si>
     <t>2020-05-14</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>kateyu01</t>
   </si>
   <si>
     <t>2020-08-04</t>
   </si>
@@ -655,306 +712,264 @@
   <si>
     <t>新人訓 (2021-04-28)</t>
   </si>
   <si>
     <t>2021-04-28</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>EverCam 快速入門</t>
   </si>
   <si>
     <t>2022-07-12</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>線上課程、建立問卷範本 2 (改問卷設定值)</t>
   </si>
   <si>
     <t>2022-02-09</t>
   </si>
   <si>
-    <t>623</t>
-[...26 lines deleted...]
-    <t>2023-10-26</t>
+    <t>920</t>
+  </si>
+  <si>
+    <t>七分鐘快速上手 PowerPoint 動畫設定！</t>
+  </si>
+  <si>
+    <t>2022-06-16</t>
+  </si>
+  <si>
+    <t>1368</t>
+  </si>
+  <si>
+    <t>整理工作 SOP 並快速傳承</t>
+  </si>
+  <si>
+    <t>2022-01-10</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>證書測試3</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>tms+ 系統介紹</t>
   </si>
   <si>
     <t>2019-01-28</t>
   </si>
   <si>
-    <t>920</t>
-[...35 lines deleted...]
-    <t>2025-12-04</t>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>[doris] 測試課程證書的有效日期</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>113年04-06月GrandRound-能力導向醫學教育(CBME) 新趨勢(安康場次123456)</t>
+  </si>
+  <si>
+    <t>基礎訓練類</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>全方位網路系統管理技術</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>財務規劃</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>繪圖題測試</t>
   </si>
   <si>
     <t>2021-07-27</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>業務技巧</t>
   </si>
   <si>
     <t>2021-08-20</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>test</t>
   </si>
   <si>
     <t>客戶服務1</t>
   </si>
   <si>
     <t>2021-10-06</t>
   </si>
   <si>
-    <t>1832</t>
-[...38 lines deleted...]
-    <t>全方位網路系統管理技術</t>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>測試課程</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>[doris]  修改申請選項</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>建築工程估價</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>進出口廠商外匯交易</t>
+  </si>
+  <si>
+    <t>2019-07-12</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>公司簡介與工作說明 (2021-05-20)</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-05-20</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>消防安全演練 複製</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>1750</t>
-[...20 lines deleted...]
-    <t>2019-07-12</t>
+    <t>921</t>
+  </si>
+  <si>
+    <t>PPT 如何精準選擇顏色？配色、色彩選擇工具完整解析</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>測相簿</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>測試過去的開課時間</t>
+  </si>
+  <si>
+    <t>2025-03-12</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>電子發票建立流程</t>
   </si>
   <si>
     <t>2020-04-24</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>0525</t>
   </si>
   <si>
     <t>2021-05-25</t>
-  </si>
-[...28 lines deleted...]
-    <t>2025-03-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -977,51 +992,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G93"/>
+  <dimension ref="A1:G95"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1235,51 +1250,51 @@
       </c>
       <c r="D10" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="1" t="s">
@@ -1419,1760 +1434,1806 @@
       </c>
       <c r="D18" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>143</v>
+        <v>31</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>60</v>
+        <v>117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>18</v>
+        <v>157</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>11</v>
+        <v>161</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>113</v>
+        <v>169</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>174</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>181</v>
+        <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>189</v>
+        <v>117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>194</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>13</v>
+        <v>207</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>213</v>
+        <v>180</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>176</v>
+        <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>222</v>
+        <v>77</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>178</v>
+        <v>235</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>238</v>
+        <v>156</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>77</v>
+        <v>206</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>239</v>
+        <v>158</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>157</v>
+        <v>242</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>68</v>
+        <v>244</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>70</v>
+        <v>245</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>245</v>
+        <v>172</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>247</v>
+        <v>212</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>192</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>257</v>
+        <v>180</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>259</v>
+        <v>68</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>261</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>60</v>
+        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="E81" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>268</v>
-      </c>
-[...13 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>272</v>
-      </c>
-[...16 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>70</v>
+        <v>275</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>244</v>
+        <v>277</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>41</v>
+        <v>102</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>66</v>
+        <v>283</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>60</v>
+        <v>284</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>283</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>285</v>
+        <v>68</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>286</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>288</v>
+        <v>260</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>289</v>
+        <v>261</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>177</v>
+        <v>157</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>295</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G93" s="1" t="s">
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="1" t="s">
         <v>299</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>