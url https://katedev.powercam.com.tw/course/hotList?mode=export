--- v1 (2026-01-26)
+++ v2 (2026-03-13)
@@ -145,381 +145,552 @@
   <si>
     <t>1104-感控類</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2022-05-09</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>心靈雞湯 (測試考核 - 承辦人老師)</t>
   </si>
   <si>
     <t>02. 工程類</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2021-04-06</t>
   </si>
   <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>雙面光罩對準曝光機 (五) (2021-12-10)</t>
+  </si>
+  <si>
+    <t>食品安全和品質教育訓練類 Annual professional technical educa</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>2021-12-10</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>雙面光罩對準曝光機 (五)</t>
+  </si>
+  <si>
+    <t>2021-11-30</t>
+  </si>
+  <si>
     <t>647</t>
   </si>
   <si>
     <t>@23139 測試單次考核心得</t>
   </si>
   <si>
     <t>感染管制 (次)</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-03-18</t>
   </si>
   <si>
-    <t>552</t>
-[...19 lines deleted...]
-  <si>
     <t>87</t>
   </si>
   <si>
     <t>工程入門</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2018-03-13</t>
   </si>
   <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>工程人員執業倫理 B</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>85</t>
   </si>
   <si>
     <t>工業工程通則</t>
   </si>
   <si>
-    <t>12</t>
-[...10 lines deleted...]
-  <si>
     <t>439</t>
   </si>
   <si>
     <t>消防安全演練</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2020-03-31</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>測試審核記錄-2</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2017-12-04</t>
   </si>
   <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>測試審核記錄-3</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>2018-01-02</t>
+  </si>
+  <si>
     <t>1308</t>
   </si>
   <si>
     <t>簡報排版 ~ 視覺更吸睛、重點更凸顯</t>
   </si>
   <si>
     <t>0.5</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-02-13</t>
   </si>
   <si>
-    <t>25</t>
-[...5 lines deleted...]
-    <t>2018-01-02</t>
+    <t>23</t>
+  </si>
+  <si>
+    <t>測試審核記錄</t>
+  </si>
+  <si>
+    <t>6</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>匯入、刪除、發布問卷</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-07-18</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>測試審核記錄</t>
+    <t>318</t>
+  </si>
+  <si>
+    <t>建築識圖班 (第一梯次) (2020-09-30)</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>2020-09-30</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>katetest</t>
   </si>
   <si>
     <t>2024-11-20</t>
   </si>
   <si>
-    <t>318</t>
-[...8 lines deleted...]
-    <t>2020-09-30</t>
+    <t>196</t>
+  </si>
+  <si>
+    <t>鎮靜止痛安全作業指引</t>
+  </si>
+  <si>
+    <t>客戶服務類別別</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2019-08-22</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>感染管制類3</t>
+  </si>
+  <si>
+    <t>2020-01-09</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>關懷員工成長005</t>
+  </si>
+  <si>
+    <t>基礎訓練類別</t>
+  </si>
+  <si>
+    <t>2021-09-27</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>電話溝通技巧</t>
+  </si>
+  <si>
+    <t>2017-12-20</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>測試問答題</t>
+  </si>
+  <si>
+    <t>客戶服務2</t>
+  </si>
+  <si>
+    <t>2020-04-16</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>全院學術演講_1120204 Smart Healthcare in 2050: from digital transformation to advanced precision AI care</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-02-04</t>
   </si>
   <si>
-    <t>14</t>
-[...50 lines deleted...]
-    <t>2020-01-09</t>
+    <t>69</t>
+  </si>
+  <si>
+    <t>公共工程品質管理訓練</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>打造你的財會超能力</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>感染管制類1</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>報告 考核 測驗</t>
+  </si>
+  <si>
+    <t>2022-03-16</t>
+  </si>
+  <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>兒科部醫智庫 &amp;amp; 病歷寫作指導教學2</t>
+  </si>
+  <si>
+    <t>客戶服服類別別</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>mao 測試認證用</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>mao 測試線上</t>
+  </si>
+  <si>
+    <t>2025-02-10</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>證書測試</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>系統導入輔導</t>
+  </si>
+  <si>
+    <t>2018-01-16</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
+    <t>tms+ 教育訓練基礎入門 (開課者)</t>
+  </si>
+  <si>
+    <t>2020-12-14</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>公司簡介與工作說明 (第二季)</t>
+  </si>
+  <si>
+    <t>2021-01-25</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>收集業務 FAQ</t>
   </si>
   <si>
     <t>2022-02-18</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>問卷測試</t>
   </si>
   <si>
     <t>2024-03-05</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>測試考核</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
-    <t>48</t>
-[...80 lines deleted...]
-    <t>感染管制類1</t>
+    <t>144</t>
+  </si>
+  <si>
+    <t>小資理財 (講者: Allen)</t>
+  </si>
+  <si>
+    <t>2019-03-18</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>測試圖片題</t>
+  </si>
+  <si>
+    <t>2020-05-14</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>kateyu01</t>
+  </si>
+  <si>
+    <t>2020-08-04</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>20210311 基礎訓練</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>新人訓 (2021-04-28)</t>
+  </si>
+  <si>
+    <t>2021-04-28</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>EverCam 快速入門</t>
+  </si>
+  <si>
+    <t>2022-07-12</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>線上課程、建立問卷範本 2 (改問卷設定值)</t>
+  </si>
+  <si>
+    <t>2022-02-09</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>測試完成日期時間</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>推動關懷活動27</t>
+  </si>
+  <si>
+    <t>2022-09-01</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>Teams、SharePoint、OneDrive、Form教學 (2023-10-26)</t>
+  </si>
+  <si>
+    <t>4.5</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>[doris] 測試，講者滿意度問卷，已填寫通知的問卷連結</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>年度帳務調整暨新頒租稅法令解讀</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>小資理財 (講者: Kate)</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>108年度第一場生物安全教育訓練 (2019-04-08)</t>
+  </si>
+  <si>
+    <t>2019-04-08</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>專案管理</t>
+  </si>
+  <si>
+    <t>2019-09-11</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>感染管制類2</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>客戶達人</t>
+  </si>
+  <si>
+    <t>2020-06-20</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>推動關懷活動</t>
+  </si>
+  <si>
+    <t>2021-08-30</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>線上課程、建立問卷範本 1</t>
+  </si>
+  <si>
+    <t>2022-02-07</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>Teams、SharePoint、OneDrive、Form教學</t>
   </si>
   <si>
     <t>5.5</t>
   </si>
   <si>
     <t>2023-02-14</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>Test Course 001</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>2024-12-17</t>
   </si>
@@ -541,435 +712,264 @@
   <si>
     <t>[doris] 測試課程認證審查</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>[doris] 測試課程證書的有效日期 (再存一次)</t>
   </si>
   <si>
     <t>2025-07-11</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>測驗測試</t>
   </si>
   <si>
     <t>2025-12-04</t>
   </si>
   <si>
-    <t>73</t>
-[...167 lines deleted...]
-    <t>2022-02-09</t>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>113年04-06月GrandRound-能力導向醫學教育(CBME) 新趨勢(安康場次123456)</t>
+  </si>
+  <si>
+    <t>基礎訓練類</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>全方位網路系統管理技術</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>財務規劃</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>繪圖題測試</t>
+  </si>
+  <si>
+    <t>2021-07-27</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>業務技巧</t>
+  </si>
+  <si>
+    <t>2021-08-20</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>test</t>
+  </si>
+  <si>
+    <t>客戶服務1</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>[doris] 測試課程證書的有效日期</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>tms+ 系統介紹</t>
+  </si>
+  <si>
+    <t>2019-01-28</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>七分鐘快速上手 PowerPoint 動畫設定！</t>
   </si>
   <si>
     <t>2022-06-16</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>整理工作 SOP 並快速傳承</t>
   </si>
   <si>
     <t>2022-01-10</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>證書測試3</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
-    <t>136</t>
-[...74 lines deleted...]
-    <t>2021-10-06</t>
+    <t>247</t>
+  </si>
+  <si>
+    <t>電子發票建立流程</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>2020-04-24</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>0525</t>
+  </si>
+  <si>
+    <t>2021-05-25</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>PPT 如何精準選擇顏色？配色、色彩選擇工具完整解析</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>測相簿</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>測試過去的開課時間</t>
+  </si>
+  <si>
+    <t>2025-03-12</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>建築工程估價</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>進出口廠商外匯交易</t>
+  </si>
+  <si>
+    <t>2019-07-12</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>公司簡介與工作說明 (2021-05-20)</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>2021-05-20</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>消防安全演練 複製</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>450</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>測試課程</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-10-18</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>[doris]  修改申請選項</t>
   </si>
   <si>
     <t>2025-12-23</t>
-  </si>
-[...85 lines deleted...]
-    <t>2021-05-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1227,149 +1227,149 @@
       </c>
       <c r="D9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>64</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="1" t="s">
@@ -1391,1842 +1391,1842 @@
       </c>
       <c r="E16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="F17" s="1" t="s">
+      <c r="G17" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>31</v>
+        <v>98</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>106</v>
+        <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>126</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>60</v>
+        <v>151</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>117</v>
+        <v>154</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="E42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>163</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>106</v>
+        <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>60</v>
+        <v>174</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>102</v>
+        <v>31</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>194</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>31</v>
+        <v>98</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>197</v>
+        <v>160</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>207</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>102</v>
+        <v>31</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>180</v>
+        <v>211</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>18</v>
+        <v>214</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="E64" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>223</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>238</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>156</v>
+        <v>240</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>31</v>
+        <v>98</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>241</v>
+        <v>68</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>242</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>244</v>
-      </c>
-[...13 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>172</v>
+        <v>247</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>212</v>
+        <v>249</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>106</v>
+        <v>250</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>252</v>
+        <v>17</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B76" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>255</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>180</v>
+        <v>258</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>68</v>
+        <v>260</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>70</v>
+        <v>261</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>263</v>
+        <v>213</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>18</v>
+        <v>186</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>264</v>
+        <v>215</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>267</v>
+        <v>113</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>106</v>
+        <v>222</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>60</v>
+        <v>261</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>279</v>
+        <v>213</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>66</v>
+        <v>214</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>283</v>
+        <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>31</v>
+        <v>222</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>70</v>
+        <v>285</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="B88" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>260</v>
+        <v>289</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>261</v>
+        <v>290</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>31</v>
+        <v>98</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>77</v>
+        <v>293</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>235</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>156</v>
+        <v>296</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>157</v>
+        <v>18</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>292</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>294</v>
+        <v>68</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>295</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>297</v>
+        <v>243</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>298</v>
+        <v>244</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>165</v>
+        <v>113</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>304</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 